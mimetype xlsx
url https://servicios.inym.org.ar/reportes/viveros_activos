--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -386,51 +386,51 @@
   <si>
     <t>13/01/2015</t>
   </si>
   <si>
     <t>PINDó S.A.</t>
   </si>
   <si>
     <t>CHILE Y BLIVIA S/N LOTE H1 - Bº VILLA NUEVA</t>
   </si>
   <si>
     <t>02/03/2011</t>
   </si>
   <si>
     <t>EL GALLEGO S.R.L.</t>
   </si>
   <si>
     <t>LOTE 2A Y 2B SECTOR C SECCION IX</t>
   </si>
   <si>
     <t>05/05/2016</t>
   </si>
   <si>
     <t>Listado Viveros Activos</t>
   </si>
   <si>
-    <t>Fecha: 14-Nov-25 1:01:13</t>
+    <t>Fecha: 30-Dec-25 21:04:03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -788,51 +788,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5:I5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.563" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="1" customFormat="1">
       <c r="A1" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="3" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="1" customFormat="1">
       <c r="A5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="5" t="s">