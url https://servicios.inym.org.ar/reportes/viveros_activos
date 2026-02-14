--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -386,51 +386,51 @@
   <si>
     <t>13/01/2015</t>
   </si>
   <si>
     <t>PINDó S.A.</t>
   </si>
   <si>
     <t>CHILE Y BLIVIA S/N LOTE H1 - Bº VILLA NUEVA</t>
   </si>
   <si>
     <t>02/03/2011</t>
   </si>
   <si>
     <t>EL GALLEGO S.R.L.</t>
   </si>
   <si>
     <t>LOTE 2A Y 2B SECTOR C SECCION IX</t>
   </si>
   <si>
     <t>05/05/2016</t>
   </si>
   <si>
     <t>Listado Viveros Activos</t>
   </si>
   <si>
-    <t>Fecha: 30-Dec-25 21:04:03</t>
+    <t>Fecha: 14-Feb-26 5:38:25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -788,51 +788,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5:I5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.563" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="1" customFormat="1">
       <c r="A1" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="3" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="1" customFormat="1">
       <c r="A5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="5" t="s">